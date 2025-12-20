--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e064e101844830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74eb4a12ea24d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6461962842904586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b0c4e472e54b2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b9f3c939ab445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6461962842904586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ec85286cbef4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b0c4e472e54b2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA Deutschland Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>