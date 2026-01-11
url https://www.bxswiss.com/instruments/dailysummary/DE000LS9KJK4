--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74eb4a12ea24d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98b4821b8564849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b0c4e472e54b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dedce5a52344cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ec85286cbef4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b0c4e472e54b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8957ea1dffed4bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dedce5a52344cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA Deutschland Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>