--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98b4821b8564849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb825925fbc54f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dedce5a52344cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1058172ce4d1438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8957ea1dffed4bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dedce5a52344cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31bc1e5af7c64fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1058172ce4d1438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BOKLA Deutschland Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>219,044</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>