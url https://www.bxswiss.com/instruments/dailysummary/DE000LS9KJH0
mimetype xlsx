--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b187deceda4af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8990014d01be422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7197c97ce8d4cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75bd9fef380c4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4250a8d464a6416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7197c97ce8d4cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e2664a257d42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75bd9fef380c4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>