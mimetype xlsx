--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8990014d01be422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250b57c33e254c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75bd9fef380c4180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77410dbee8cc4f18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e2664a257d42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75bd9fef380c4180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2600a493e3034476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77410dbee8cc4f18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>