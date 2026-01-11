--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250b57c33e254c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676e68e6cea54b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77410dbee8cc4f18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f317fd4458d4f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2600a493e3034476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77410dbee8cc4f18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b42677d433436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f317fd4458d4f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>