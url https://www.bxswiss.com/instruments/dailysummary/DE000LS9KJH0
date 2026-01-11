--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676e68e6cea54b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66457b2a55744d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f317fd4458d4f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc5ee828dfb4ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b42677d433436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f317fd4458d4f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf65cc866ba014e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc5ee828dfb4ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>