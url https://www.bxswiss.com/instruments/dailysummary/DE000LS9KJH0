--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66457b2a55744d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c5a024a4a54244" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc5ee828dfb4ef8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89642848b124319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf65cc866ba014e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc5ee828dfb4ef8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a6449e43a047ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89642848b124319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Sieben Sünden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>217,426</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>