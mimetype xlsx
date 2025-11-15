--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77a57d5ee15468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb86354df824376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8809722e942944a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f6f6c9fa4784644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d900f21aff5416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8809722e942944a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R077bbfdbdd184a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f6f6c9fa4784644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>