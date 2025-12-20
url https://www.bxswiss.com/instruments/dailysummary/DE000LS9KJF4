--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb86354df824376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97b37e4d3504507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f6f6c9fa4784644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e3c089214f47f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R077bbfdbdd184a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f6f6c9fa4784644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4a7d4cb5d04923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e3c089214f47f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,473</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>