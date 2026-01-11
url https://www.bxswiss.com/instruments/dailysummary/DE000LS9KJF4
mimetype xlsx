--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97b37e4d3504507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275fdbfffb544f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e3c089214f47f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a3a9bcd31f4625"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4a7d4cb5d04923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e3c089214f47f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a50049c1944ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a3a9bcd31f4625" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>