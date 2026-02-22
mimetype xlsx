--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275fdbfffb544f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b77830bd0774517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a3a9bcd31f4625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6765b070a664bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a50049c1944ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a3a9bcd31f4625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba7edd50c7c4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6765b070a664bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>136,771</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,568</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>137,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,532</x:t>
-[...58 lines deleted...]
-          <x:t>137,158</x:t>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>