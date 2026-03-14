--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b77830bd0774517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01622b1a402f42ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6765b070a664bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134ee4ddf3c94a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba7edd50c7c4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6765b070a664bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eab1c8c03744de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134ee4ddf3c94a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden - Perle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>