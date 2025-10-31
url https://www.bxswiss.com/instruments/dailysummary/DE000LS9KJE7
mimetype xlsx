--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ce3ec49b9242e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0cabe4dfa94c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf86cdce568504169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b42d99c5304e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8d43927da54ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf86cdce568504169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7359a28c25c94589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b42d99c5304e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>