--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0cabe4dfa94c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64deeebaee514b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b42d99c5304e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ea834aa98949e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7359a28c25c94589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b42d99c5304e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90210bdfd214331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ea834aa98949e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>