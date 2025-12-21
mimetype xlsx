--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64deeebaee514b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe1c9034e5845fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ea834aa98949e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80563382956d48ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90210bdfd214331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ea834aa98949e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e73c0bcfb54c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80563382956d48ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>