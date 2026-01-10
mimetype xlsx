--- v3 (2025-12-21)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe1c9034e5845fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra409ce2268dc459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80563382956d48ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ae188a92b740ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e73c0bcfb54c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80563382956d48ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64182c1f6e39413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ae188a92b740ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>