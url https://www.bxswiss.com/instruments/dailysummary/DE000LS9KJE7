--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra409ce2268dc459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49caaa258e914e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ae188a92b740ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72a5c0f42a64194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64182c1f6e39413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ae188a92b740ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06be50150a964dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72a5c0f42a64194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>195,238</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>