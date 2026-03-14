--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49caaa258e914e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8bd2ec827f54908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72a5c0f42a64194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5aa65fb9e94eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06be50150a964dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72a5c0f42a64194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref733b7a86dc441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5aa65fb9e94eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashBubbleCrash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>