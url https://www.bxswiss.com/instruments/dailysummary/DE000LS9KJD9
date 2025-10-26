--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68957fdcc29742c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bbeef95748471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07abefecdb434c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9a00644dc641ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59504b2907954914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07abefecdb434c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f51430c39d8410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9a00644dc641ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - BIG CHANCES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,459 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...110 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>