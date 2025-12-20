--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bbeef95748471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130b73b691814069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9a00644dc641ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbc44bb46f94688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f51430c39d8410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9a00644dc641ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3174f428abd847dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbc44bb46f94688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - BIG CHANCES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...298 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>180,889</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>