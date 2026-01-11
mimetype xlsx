--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130b73b691814069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0354a2aac034499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbc44bb46f94688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11540e8d1a0c4425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3174f428abd847dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbc44bb46f94688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba2988f83a6428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11540e8d1a0c4425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - BIG CHANCES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>