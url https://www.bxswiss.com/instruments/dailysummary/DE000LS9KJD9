--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0354a2aac034499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9888a16bf14599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11540e8d1a0c4425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fbc8fd1d7264307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba2988f83a6428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11540e8d1a0c4425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aa33c0d55454d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fbc8fd1d7264307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - BIG CHANCES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>186,159</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>