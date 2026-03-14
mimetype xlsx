--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9888a16bf14599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570b65008ab34795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fbc8fd1d7264307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1afb7e0526b497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aa33c0d55454d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fbc8fd1d7264307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8d840f18714fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1afb7e0526b497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DUFFOlio - BIG CHANCES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>