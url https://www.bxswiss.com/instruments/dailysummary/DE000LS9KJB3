--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaec25e4fd554db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d921a4907fe4756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab64cf0d67374683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde396f7480cd4e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aed59f9b4714895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab64cf0d67374683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef92cea530548d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde396f7480cd4e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth And DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>131,179</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,341</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>134,492</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>