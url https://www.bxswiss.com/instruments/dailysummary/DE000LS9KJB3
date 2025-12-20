--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d921a4907fe4756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd689c9c3bc64d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde396f7480cd4e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f03cb97b42489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef92cea530548d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde396f7480cd4e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8eec71ff21d4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f03cb97b42489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth And DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,771</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>