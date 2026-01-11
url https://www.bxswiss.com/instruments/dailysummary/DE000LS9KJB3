--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd689c9c3bc64d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ab50e451324d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f03cb97b42489f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e78ded424e4411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8eec71ff21d4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f03cb97b42489f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff39f127f154216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e78ded424e4411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth And DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>138,365</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,952</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>139,014</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,610</x:t>
-[...156 lines deleted...]
-          <x:t>139,856</x:t>
+          <x:t>138,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,743</x:t>
-[...134 lines deleted...]
-          <x:t>138,937</x:t>
+          <x:t>137,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>