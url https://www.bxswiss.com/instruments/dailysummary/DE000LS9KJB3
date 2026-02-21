--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ab50e451324d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192df0707c0049d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e78ded424e4411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2bd935678842a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff39f127f154216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e78ded424e4411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89de8db59eb44fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2bd935678842a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth And DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>138,976</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,019</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>139,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>