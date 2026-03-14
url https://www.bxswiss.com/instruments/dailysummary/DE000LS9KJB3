--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192df0707c0049d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d1fb51c4e945e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2bd935678842a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b0042b111642d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89de8db59eb44fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2bd935678842a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c60c16c1fa43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b0042b111642d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth And DIVIDEND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,293</x:t>
-[...279 lines deleted...]
-          <x:t>134,792</x:t>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>