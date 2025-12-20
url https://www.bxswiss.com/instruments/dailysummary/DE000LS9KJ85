--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2338d1a099544cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875854396eda4eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311e53ff34884fff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de00a7b7a0d4c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163ae5fc5eab4dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311e53ff34884fff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a117d40b8cc4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de00a7b7a0d4c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pferde in Form</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...630 lines deleted...]
-          <x:t>129,269</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,880</x:t>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>