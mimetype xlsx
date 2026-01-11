--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875854396eda4eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d770e96dea40f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de00a7b7a0d4c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7f8f26768d473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a117d40b8cc4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de00a7b7a0d4c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f483402d58446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7f8f26768d473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pferde in Form</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>