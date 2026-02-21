--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d770e96dea40f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d255f9b9c514165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7f8f26768d473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eedb09843b24ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f483402d58446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7f8f26768d473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5d02bb73054615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eedb09843b24ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pferde in Form</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,601</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>