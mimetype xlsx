--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d255f9b9c514165" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3dbebc60e8349f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eedb09843b24ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f202a9936a48f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5d02bb73054615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eedb09843b24ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1054a843e94892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f202a9936a48f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pferde in Form</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>126,449</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,727</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>127,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,061</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>