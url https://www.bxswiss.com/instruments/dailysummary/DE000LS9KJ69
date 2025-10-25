--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbf82962d14427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4476c2844b44b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4eb965445f41bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R164426ee50144c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d444950aac4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4eb965445f41bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f31b15c31294973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R164426ee50144c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>