--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4476c2844b44b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8656dacd860d4e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R164426ee50144c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f534e229bf44245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f31b15c31294973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R164426ee50144c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f44aa8d8d8d43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f534e229bf44245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>169,603</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>