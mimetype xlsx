--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8656dacd860d4e86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd62ad632ce4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f534e229bf44245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b8dfea282f460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f44aa8d8d8d43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f534e229bf44245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R144e6469ddba43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b8dfea282f460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>