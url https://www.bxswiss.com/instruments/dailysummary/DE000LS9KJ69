--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd62ad632ce4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e7772ece354d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b8dfea282f460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra185953086ad4c65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R144e6469ddba43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b8dfea282f460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd696100367a749de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra185953086ad4c65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>207,858</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>