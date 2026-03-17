--- v4 (2026-02-22)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e7772ece354d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce474ae555e4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra185953086ad4c65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b2c04d0f4b498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd696100367a749de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra185953086ad4c65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ecedba61cf34de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b2c04d0f4b498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff-Werte Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>