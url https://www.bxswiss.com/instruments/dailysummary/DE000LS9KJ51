--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa0e6351e1d4b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c575f280ba4732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb519d42cf664a54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b57c1c84a0c4bdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4352d9fb694a4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb519d42cf664a54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835b031188ab4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b57c1c84a0c4bdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>