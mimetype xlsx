--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c575f280ba4732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc4e677e2be4bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b57c1c84a0c4bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76301ffcafa945d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835b031188ab4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b57c1c84a0c4bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394980f2103c40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76301ffcafa945d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,159</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>