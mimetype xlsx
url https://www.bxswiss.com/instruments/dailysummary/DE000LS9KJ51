--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc4e677e2be4bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f04cda4fcef4e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76301ffcafa945d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c0f03268fd4b6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394980f2103c40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76301ffcafa945d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0d02bebd564d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c0f03268fd4b6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>144,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>