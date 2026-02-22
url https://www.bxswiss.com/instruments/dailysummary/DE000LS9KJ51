--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f04cda4fcef4e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f66737243a941f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c0f03268fd4b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00006f2b7b0c4671"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0d02bebd564d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c0f03268fd4b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c14be0698b74236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00006f2b7b0c4671" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>143,985</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>