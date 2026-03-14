--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f66737243a941f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9237020118ab431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00006f2b7b0c4671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2da03d592c54101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c14be0698b74236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00006f2b7b0c4671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0be978bf63794b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2da03d592c54101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>