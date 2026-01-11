--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41413738ce004c38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee06f96e623446a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9d7ac79e314d74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11d9e32b527f4e68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd06370d663694651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9d7ac79e314d74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9755ece635da41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11d9e32b527f4e68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Ansatz nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,233</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>