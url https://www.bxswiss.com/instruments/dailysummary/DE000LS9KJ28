--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee06f96e623446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab4589a1be24439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11d9e32b527f4e68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4868a80dee4043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9755ece635da41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11d9e32b527f4e68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6735b9f48fbf4a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4868a80dee4043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Ansatz nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>212,633</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>