--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab4589a1be24439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36569546d4694567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4868a80dee4043"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37333b81d2804b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6735b9f48fbf4a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4868a80dee4043" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4eab5cbd0674bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37333b81d2804b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Ansatz nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>226,884</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,202</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>215,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,486</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>