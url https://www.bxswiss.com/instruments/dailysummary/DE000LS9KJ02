--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a37a08c71849eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5305740d56de475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dcc8becf9d4c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3697fdb6867d467d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4997511f747f49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dcc8becf9d4c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra22f0af051ff4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3697fdb6867d467d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,454</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>121,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,509</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>