--- v1 (2025-10-24)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5305740d56de475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375158d1c2f14948" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3697fdb6867d467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R082bb5c7585e4e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra22f0af051ff4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3697fdb6867d467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96985719bfee4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R082bb5c7585e4e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,671</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>