--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375158d1c2f14948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab7e084aeaa4bf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R082bb5c7585e4e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e6583d925343ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96985719bfee4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R082bb5c7585e4e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d6353fa9054278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e6583d925343ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KJ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>