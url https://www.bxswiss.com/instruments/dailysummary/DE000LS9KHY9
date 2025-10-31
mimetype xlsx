--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra204493d96d343ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151c467df868470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511dec5249c14297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c47108490cc4fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58daae8f77614b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511dec5249c14297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee23d91971e4b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c47108490cc4fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,376</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>122,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,613</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>