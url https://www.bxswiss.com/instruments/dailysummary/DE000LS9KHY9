--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151c467df868470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R895e9e9467dc4e69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c47108490cc4fb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df57bba53d845b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee23d91971e4b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c47108490cc4fb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb393589d714b4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df57bba53d845b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>125,567</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,116</x:t>
-[...308 lines deleted...]
-          <x:t>126,208</x:t>
+          <x:t>124,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,178</x:t>
-[...43 lines deleted...]
-          <x:t>127,153</x:t>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,073</x:t>
-[...139 lines deleted...]
-          <x:t>125,563</x:t>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>