--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R895e9e9467dc4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c82201c78ec4a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df57bba53d845b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9f198ac046405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb393589d714b4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df57bba53d845b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa32e1bfeac14bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9f198ac046405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>127,886</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,447</x:t>
-[...296 lines deleted...]
-          <x:t>127,138</x:t>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>