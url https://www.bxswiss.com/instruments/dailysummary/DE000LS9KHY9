--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c82201c78ec4a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85ec1afbbd84e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9f198ac046405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c9f7bae95a40f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa32e1bfeac14bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9f198ac046405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda029269b9f4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c9f7bae95a40f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>128,631</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>