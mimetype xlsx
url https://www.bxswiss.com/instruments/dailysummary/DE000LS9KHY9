--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85ec1afbbd84e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7f1f466d754869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c9f7bae95a40f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515f89f0a4034953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda029269b9f4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c9f7bae95a40f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad810d415d642cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515f89f0a4034953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>127,621</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,672</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>133,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>