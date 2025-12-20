--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0590ff03e564848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83083e6bd2014b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R378c856923e7447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a97a1439bb441d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75e5dfe602d34760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R378c856923e7447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075ca6e50262418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a97a1439bb441d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant-Trading World Wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,835</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>