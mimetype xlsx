--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83083e6bd2014b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59834b062c4c46e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a97a1439bb441d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48bfde295724dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075ca6e50262418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a97a1439bb441d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f28b6b14b34d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48bfde295724dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant-Trading World Wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>