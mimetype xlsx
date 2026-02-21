--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59834b062c4c46e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8ea57376a34f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48bfde295724dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49fde4001874025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f28b6b14b34d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48bfde295724dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06210cd9acc84a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49fde4001874025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant-Trading World Wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,510</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>