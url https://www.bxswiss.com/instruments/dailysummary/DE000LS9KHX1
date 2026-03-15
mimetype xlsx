--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8ea57376a34f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3706a5f80a1548ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49fde4001874025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f7220571f24227"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06210cd9acc84a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49fde4001874025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1998daece5ff419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f7220571f24227" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quant-Trading World Wide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>