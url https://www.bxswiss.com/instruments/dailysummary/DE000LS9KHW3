--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raedf1af6b2ad4d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0d75ce280a4a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra393a88d13754795"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfcdf718a7ff4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592359b93cac40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra393a88d13754795" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c00de8b6d14552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfcdf718a7ff4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach Leverm.(offensiv)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>