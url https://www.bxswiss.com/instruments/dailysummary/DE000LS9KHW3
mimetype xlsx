--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0d75ce280a4a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f607453f2614bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfcdf718a7ff4df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab2e3b7d329a41e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c00de8b6d14552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfcdf718a7ff4df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2833f74777b4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab2e3b7d329a41e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach Leverm.(offensiv)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>285,108</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>