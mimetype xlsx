--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f607453f2614bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5920362144294bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab2e3b7d329a41e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d21d985f3b1419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2833f74777b4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab2e3b7d329a41e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cc1eab9c2d4322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d21d985f3b1419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach Leverm.(offensiv)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>315,369</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>