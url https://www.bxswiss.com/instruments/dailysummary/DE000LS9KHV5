--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6be2b560fbc452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd750cdf7e67c4422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df6d4cb1a8449e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb06f85bfdcc34a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15545b9dea843be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df6d4cb1a8449e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e2564b3fb3e454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb06f85bfdcc34a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Kurs-Rechner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>87,779</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,606</x:t>
-[...296 lines deleted...]
-          <x:t>85,424</x:t>
+          <x:t>86,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>