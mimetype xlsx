--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd750cdf7e67c4422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301180302d5142b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb06f85bfdcc34a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340157cf5ce74a43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e2564b3fb3e454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb06f85bfdcc34a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1900e961398f40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340157cf5ce74a43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Kurs-Rechner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,383</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>