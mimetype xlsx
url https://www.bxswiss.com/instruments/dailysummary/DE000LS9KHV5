--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301180302d5142b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5436af3e3d140be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340157cf5ce74a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83761a827f704686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1900e961398f40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340157cf5ce74a43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3c594461d44d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83761a827f704686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Kurs-Rechner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>80,936</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,411</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,976</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>