--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5436af3e3d140be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad48b25642e4eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83761a827f704686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffbe10fbe30d4181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3c594461d44d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83761a827f704686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be2a7302675437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffbe10fbe30d4181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Kurs-Rechner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>79,933</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...397 lines deleted...]
-          <x:t>86,017</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>