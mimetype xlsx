--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad48b25642e4eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13450b4e3b0a4511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffbe10fbe30d4181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b2b73a4fe04732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be2a7302675437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffbe10fbe30d4181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73efff612ace4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b2b73a4fe04732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Kurs-Rechner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>