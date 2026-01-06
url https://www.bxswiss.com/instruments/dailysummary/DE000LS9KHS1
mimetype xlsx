--- v0 (2025-10-04)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f27e5be9fdf4a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66acbc00b5014f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2806dd2c609b40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ad5553ea75459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c54f14e65640d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2806dd2c609b40ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0877cb0f9ec463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ad5553ea75459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,728</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>