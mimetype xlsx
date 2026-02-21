--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66acbc00b5014f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ee8969d32e4238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ad5553ea75459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d9b258bb7e4861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0877cb0f9ec463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ad5553ea75459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936b875fc39e422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d9b258bb7e4861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>136,437</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>133,794</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>