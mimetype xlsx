--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd1a78ccd1ee4d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988482ac351142ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c746f47467842aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3147c85eb34ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R027f179b75554586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c746f47467842aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1015ded1e834a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3147c85eb34ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safty-First-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>