--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988482ac351142ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567e84a782ea4ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3147c85eb34ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb04f7697f4b24c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1015ded1e834a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3147c85eb34ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44f7fa08834420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb04f7697f4b24c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safty-First-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,230 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>101,730</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,158</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>