--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567e84a782ea4ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d07013d2a464c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb04f7697f4b24c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f2084d81c145d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44f7fa08834420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb04f7697f4b24c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1dc6e11cda14db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f2084d81c145d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safty-First-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,986</x:t>
-[...333 lines deleted...]
-          <x:t>96,017</x:t>
+          <x:t>97,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>