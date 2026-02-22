--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d07013d2a464c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf658efa7370840c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f2084d81c145d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6094074880f94469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1dc6e11cda14db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f2084d81c145d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31906e92c1b4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6094074880f94469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safty-First-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,990</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>