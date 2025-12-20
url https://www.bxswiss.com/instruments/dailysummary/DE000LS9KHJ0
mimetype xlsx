--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3558c5e5954a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c37f2f643b44e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eee3d89a7f740fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R254689759ff9415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2ce797ce8cc4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eee3d89a7f740fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3448d6744bb4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R254689759ff9415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke USA 2000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>302,612</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>