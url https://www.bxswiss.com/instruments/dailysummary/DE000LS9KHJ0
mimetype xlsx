--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c37f2f643b44e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff8209c825bd4444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R254689759ff9415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R188fc97e5eb54367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3448d6744bb4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R254689759ff9415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ea6b96c1204764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R188fc97e5eb54367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke USA 2000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KHJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>369,176</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>