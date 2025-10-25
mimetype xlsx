--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb86eca8969438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d662a3b0ac4ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48fba47e63d644e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2feaa3f6754a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050fb2f80d644689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48fba47e63d644e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8a4419e1654690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2feaa3f6754a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gutmenschen only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>645,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>