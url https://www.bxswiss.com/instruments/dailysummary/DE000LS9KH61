--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d662a3b0ac4ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896041ae715048ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2feaa3f6754a70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb74bfa0c6ec4e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8a4419e1654690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2feaa3f6754a70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03206851a5e64597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb74bfa0c6ec4e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gutmenschen only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>