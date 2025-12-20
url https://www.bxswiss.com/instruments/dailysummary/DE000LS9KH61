--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896041ae715048ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849eee10d9364dd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb74bfa0c6ec4e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3497c13718864667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03206851a5e64597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb74bfa0c6ec4e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf566609eb8c14e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3497c13718864667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gutmenschen only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>613,621</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>