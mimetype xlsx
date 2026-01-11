--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849eee10d9364dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe8fdc7f9f8486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3497c13718864667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6881b59fff8c4963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf566609eb8c14e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3497c13718864667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fd2ebc18ea4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6881b59fff8c4963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gutmenschen only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>649,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>649,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>644,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>670,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>672,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>664,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>667,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>