--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe8fdc7f9f8486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcfe104d7aa465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6881b59fff8c4963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef4978e997243ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fd2ebc18ea4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6881b59fff8c4963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R915c28a7daa24b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef4978e997243ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gutmenschen only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>645,399</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>