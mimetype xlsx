--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcfe104d7aa465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2161c3824a4045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef4978e997243ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra418619593734e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R915c28a7daa24b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef4978e997243ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0371c2f3d4648ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra418619593734e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gutmenschen only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>606,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>611,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>605,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>609,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>605,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>