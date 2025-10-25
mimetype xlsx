--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b6b01c32d34f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4beb9fda34848d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ecce1bc99a34c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599aa617fa9645c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f7226a5010a412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ecce1bc99a34c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10457077ce12435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599aa617fa9645c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>