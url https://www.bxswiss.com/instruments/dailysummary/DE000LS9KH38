--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4beb9fda34848d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd624f10d0a354807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599aa617fa9645c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cc248ea8d4b4fc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10457077ce12435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599aa617fa9645c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425a13d5c71c4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cc248ea8d4b4fc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>