--- v2 (2025-11-15)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd624f10d0a354807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1319c6cd2b8444e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cc248ea8d4b4fc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb812ab1d4c914066"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425a13d5c71c4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cc248ea8d4b4fc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad50d2e642d4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb812ab1d4c914066" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,112</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>