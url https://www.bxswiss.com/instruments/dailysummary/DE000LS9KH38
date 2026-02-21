--- v3 (2026-01-06)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1319c6cd2b8444e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919755ff528243d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb812ab1d4c914066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref72ee3f1c054075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad50d2e642d4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb812ab1d4c914066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048fe19cc08646c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref72ee3f1c054075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>143,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,559</x:t>
-[...377 lines deleted...]
-          <x:t>139,790</x:t>
+          <x:t>139,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>