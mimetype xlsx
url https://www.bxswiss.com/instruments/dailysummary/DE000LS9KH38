--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919755ff528243d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0267ab13b444e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref72ee3f1c054075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ec2cf7bd2741bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048fe19cc08646c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref72ee3f1c054075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0da4665d46e945f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ec2cf7bd2741bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA-ALPHA-MOMENTUMTURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>138,884</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,188</x:t>
-[...360 lines deleted...]
-          <x:t>141,640</x:t>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>