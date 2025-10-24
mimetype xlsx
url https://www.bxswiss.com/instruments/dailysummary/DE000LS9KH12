--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26484d6641d74d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1fd455a50d4286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f1fc85127b64d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab7619868f24ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4968e9ad5714507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f1fc85127b64d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b47ee2c8ec4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab7619868f24ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>