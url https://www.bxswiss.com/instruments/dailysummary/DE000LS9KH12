--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1fd455a50d4286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa0d5a7375b437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab7619868f24ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ac5123aaf647db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b47ee2c8ec4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab7619868f24ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba53c046fa641d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ac5123aaf647db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>563,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>542,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>