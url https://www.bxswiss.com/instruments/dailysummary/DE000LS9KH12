--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa0d5a7375b437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25154dd4b485462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ac5123aaf647db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a87269eb1c4f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba53c046fa641d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ac5123aaf647db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bbf8477cf34942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a87269eb1c4f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>385,913</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>