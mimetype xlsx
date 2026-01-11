--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25154dd4b485462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01569c78dca4c95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a87269eb1c4f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93b6e944c6d4e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bbf8477cf34942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a87269eb1c4f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R318ea29e99404f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93b6e944c6d4e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>