--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb01569c78dca4c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c094552d9f24300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93b6e944c6d4e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2749d4e4407e4ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R318ea29e99404f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93b6e944c6d4e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984f53ed29ba49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2749d4e4407e4ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>287,348</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>