--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c094552d9f24300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R571f1b76c1f0402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2749d4e4407e4ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02b96a651de478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984f53ed29ba49d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2749d4e4407e4ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc360b74fe0074e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02b96a651de478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZAHLENWERK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KH12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>