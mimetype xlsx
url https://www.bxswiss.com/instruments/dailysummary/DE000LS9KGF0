--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf3611a2e11641e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a1729c27904adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9f42db1cc994a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra142bb202aed4782"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R990dd41bc0de445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9f42db1cc994a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46cd6797e54745b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra142bb202aed4782" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wusch31_dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>