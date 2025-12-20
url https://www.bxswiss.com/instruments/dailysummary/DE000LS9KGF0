--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a1729c27904adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f502505853749a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra142bb202aed4782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf170c1d219d54d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46cd6797e54745b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra142bb202aed4782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fca9ec9bac4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf170c1d219d54d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wusch31_dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,877</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>122,214</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>