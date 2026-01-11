--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f502505853749a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76649f0aa0ae43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf170c1d219d54d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e3a966d1114a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fca9ec9bac4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf170c1d219d54d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f618ca68814502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e3a966d1114a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wusch31_dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>