--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76649f0aa0ae43e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6922a1e3706c4c90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e3a966d1114a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6408dd7f8caa4dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f618ca68814502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e3a966d1114a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8494adad61e4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6408dd7f8caa4dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wusch31_dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,111</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>