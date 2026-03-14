--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6922a1e3706c4c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a7326b70434a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6408dd7f8caa4dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb58bc930a6314215"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8494adad61e4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6408dd7f8caa4dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2235758f6b546dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb58bc930a6314215" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wusch31_dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>