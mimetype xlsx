--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d3ff101cd74a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e25cbe85b2478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c70a5a6a2164ab8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387ff9a7235b49ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf6528c73a6d4b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c70a5a6a2164ab8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8204464c9c4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387ff9a7235b49ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>91,722</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,727</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>91,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>