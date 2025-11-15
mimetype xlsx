--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e25cbe85b2478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1b9e88e6bb4375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387ff9a7235b49ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04976082a07b42a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8204464c9c4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387ff9a7235b49ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ce24a796f640fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04976082a07b42a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>91,375</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,378</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>91,312</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,198</x:t>
-[...220 lines deleted...]
-          <x:t>90,912</x:t>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>