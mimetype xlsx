--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1b9e88e6bb4375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6c3a864dc64ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04976082a07b42a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba87f67d8d14cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ce24a796f640fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04976082a07b42a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa9b758c78214262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba87f67d8d14cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,791</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>