--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6c3a864dc64ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bfafc30d0b413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba87f67d8d14cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235e1f9b7c8547b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa9b758c78214262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba87f67d8d14cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dcbb976c78f4e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235e1f9b7c8547b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>91,306</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,165</x:t>
-[...43 lines deleted...]
-          <x:t>91,686</x:t>
+          <x:t>91,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>91,983</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>