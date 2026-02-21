--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bfafc30d0b413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778691ff019b438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235e1f9b7c8547b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d641a8f10424deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dcbb976c78f4e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235e1f9b7c8547b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53eee6b0c4b343af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d641a8f10424deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>91,641</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,640</x:t>
-[...85 lines deleted...]
-          <x:t>92,316</x:t>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>