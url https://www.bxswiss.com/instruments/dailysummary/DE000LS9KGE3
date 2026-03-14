--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778691ff019b438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c544391b1f4edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d641a8f10424deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f4d79021c745d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53eee6b0c4b343af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d641a8f10424deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38f51391f6b4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f4d79021c745d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brem-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KGE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>89,834</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,153</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>