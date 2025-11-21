--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04280f1776cf451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3096cd9858824af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c0d7cf5244448f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b362972237a40a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ebca7791a34029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c0d7cf5244448f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d068dc4eac4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b362972237a40a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>First Selection USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>400,465</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>