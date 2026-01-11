--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3096cd9858824af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42dadcf834c74c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b362972237a40a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4486992aa04d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d068dc4eac4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b362972237a40a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a5f672e8fa4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4486992aa04d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>First Selection USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>359,984</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>