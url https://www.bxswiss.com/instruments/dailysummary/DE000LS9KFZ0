--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42dadcf834c74c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa1746f11484d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4486992aa04d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d29e8f666c4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a5f672e8fa4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4486992aa04d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9fcbf59f09423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d29e8f666c4083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>First Selection USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>481,750</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>