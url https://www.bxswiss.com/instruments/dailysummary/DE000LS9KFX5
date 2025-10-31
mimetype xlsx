--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52f7878540541a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0d2972c77549f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214427672e96481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf462ab78b9bd4ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbfd6cfddc704e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214427672e96481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15303fa832bd4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf462ab78b9bd4ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bavarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>108,316</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,396</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,565</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>108,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,356</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>108,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>