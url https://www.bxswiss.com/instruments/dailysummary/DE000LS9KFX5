--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0d2972c77549f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91eae6240874fea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf462ab78b9bd4ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3317cdf38e8451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15303fa832bd4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf462ab78b9bd4ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6caa6780d50446e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3317cdf38e8451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bavarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,034</x:t>
-[...205 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>108,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,345</x:t>
-[...26 lines deleted...]
-          <x:t>107,340</x:t>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,000</x:t>
-[...215 lines deleted...]
-          <x:t>107,452</x:t>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>