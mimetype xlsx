--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91eae6240874fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b5c1d705414255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3317cdf38e8451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169bf13356884fed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6caa6780d50446e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3317cdf38e8451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9922cd02c1044547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169bf13356884fed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bavarian Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,899</x:t>
-[...70 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,006</x:t>
-[...279 lines deleted...]
-          <x:t>107,615</x:t>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>