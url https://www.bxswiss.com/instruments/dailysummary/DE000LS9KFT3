--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb109c6c073d64800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e1c96a4567444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8efc8f2b07914cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090b56405ee74534"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f28215111314a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8efc8f2b07914cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f326b986cfa4ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090b56405ee74534" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>143,873</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,680</x:t>
-[...620 lines deleted...]
-          <x:t>141,455</x:t>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>