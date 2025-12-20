--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e1c96a4567444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7d150f0712484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090b56405ee74534"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8207ad5264ea4480"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f326b986cfa4ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090b56405ee74534" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171960a3f18c4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8207ad5264ea4480" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,889</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>