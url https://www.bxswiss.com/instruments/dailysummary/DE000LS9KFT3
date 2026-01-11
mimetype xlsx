--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7d150f0712484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda414bae3f1a4593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8207ad5264ea4480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3493620b0a154da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171960a3f18c4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8207ad5264ea4480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129df9af7a7446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3493620b0a154da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>