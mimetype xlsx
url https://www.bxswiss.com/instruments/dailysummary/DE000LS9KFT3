--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda414bae3f1a4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181e1f378aaf494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3493620b0a154da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92661cc40028402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129df9af7a7446f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3493620b0a154da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaaa014fbf174095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92661cc40028402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,238</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>