--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181e1f378aaf494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31f7f63e30c4a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92661cc40028402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404777e564c1498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaaa014fbf174095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92661cc40028402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd114a24605624b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404777e564c1498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>