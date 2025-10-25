--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8061577ce54c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb0b35779bd54c3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e12ddd118854088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07dbd98a6f3f4d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42002b8e8f994341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e12ddd118854088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b68925521804733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07dbd98a6f3f4d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei-Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>146,561</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>