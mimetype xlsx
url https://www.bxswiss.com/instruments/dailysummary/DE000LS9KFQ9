--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb0b35779bd54c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0b4a2c309f471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07dbd98a6f3f4d32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed7f825a3d3448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b68925521804733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07dbd98a6f3f4d32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc47d6f7d314b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed7f825a3d3448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei-Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,985</x:t>
-[...107 lines deleted...]
-          <x:t>146,855</x:t>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,532</x:t>
-[...404 lines deleted...]
-          <x:t>145,097</x:t>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>