--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0b4a2c309f471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b91456a5034918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed7f825a3d3448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a57ec1cfb5d4c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dc47d6f7d314b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed7f825a3d3448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eef7c850c84a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a57ec1cfb5d4c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei-Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>145,851</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,614</x:t>
-[...556 lines deleted...]
-          <x:t>146,099</x:t>
+          <x:t>145,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,971</x:t>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>