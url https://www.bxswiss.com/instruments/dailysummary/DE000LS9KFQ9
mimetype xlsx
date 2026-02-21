--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b91456a5034918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82d5e230fc8456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a57ec1cfb5d4c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460a9e88c4c04732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eef7c850c84a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a57ec1cfb5d4c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a736b6a67b490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460a9e88c4c04732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei-Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,928</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>