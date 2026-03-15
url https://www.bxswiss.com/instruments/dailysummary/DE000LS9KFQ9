--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82d5e230fc8456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb124208e51c3440d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460a9e88c4c04732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028e047184744e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a736b6a67b490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460a9e88c4c04732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3968f93a1e437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028e047184744e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>allerlei-Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...431 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,406</x:t>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,201</x:t>
-[...188 lines deleted...]
-          <x:t>142,814</x:t>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>