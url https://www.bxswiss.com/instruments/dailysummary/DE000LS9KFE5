--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9fee17d007f43a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39030ec67e3d4852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47cf6741c745414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43dbd498acf34ca4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c91b2c154b549ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47cf6741c745414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b0c39a84ac4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43dbd498acf34ca4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Innovativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,857</x:t>
-[...522 lines deleted...]
-          <x:t>273,712</x:t>
+          <x:t>275,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>