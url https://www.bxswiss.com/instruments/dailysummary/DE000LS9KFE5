--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39030ec67e3d4852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8cff0178124969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43dbd498acf34ca4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c9a4429507e4274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b0c39a84ac4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43dbd498acf34ca4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab3d3e25baf452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c9a4429507e4274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Innovativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>267,297</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>