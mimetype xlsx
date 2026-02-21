--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8cff0178124969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d36bc57b8d46a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c9a4429507e4274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1301acd3ad704fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab3d3e25baf452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c9a4429507e4274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9399756737d4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1301acd3ad704fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Innovativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>277,898</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>