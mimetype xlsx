--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb40b695abbc44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4419a426c74d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd07910d1cc4a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76e3811ab98546f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5954e5feb7c8492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd07910d1cc4a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f19e0bcc8d4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76e3811ab98546f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,705</x:t>
         </x:is>
       </x:c>
@@ -464,31 +366,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>