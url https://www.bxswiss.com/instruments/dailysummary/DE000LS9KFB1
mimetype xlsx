--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4419a426c74d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658ff8fb2337450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76e3811ab98546f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra596018a064341ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f19e0bcc8d4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76e3811ab98546f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c4f05684a374b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra596018a064341ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...222 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,467</x:t>
-[...360 lines deleted...]
-          <x:t>114,617</x:t>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>