--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658ff8fb2337450f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4021608f4514245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra596018a064341ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0955c9b455349ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c4f05684a374b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra596018a064341ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re720aa3ecadb443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0955c9b455349ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>113,876</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,828</x:t>
-[...544 lines deleted...]
-          <x:t>114,160</x:t>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>