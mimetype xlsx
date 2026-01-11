--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4021608f4514245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374efec8b2a049c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0955c9b455349ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2bf61e36a948b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re720aa3ecadb443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0955c9b455349ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb24fce3bd74627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2bf61e36a948b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,864</x:t>
@@ -764,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>