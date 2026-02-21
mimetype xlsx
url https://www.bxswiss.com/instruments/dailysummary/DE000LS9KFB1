--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R374efec8b2a049c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e0d1b20eed400f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2bf61e36a948b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6a1acebb6f4fd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb24fce3bd74627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2bf61e36a948b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6762182b5a974252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6a1acebb6f4fd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>115,700</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>