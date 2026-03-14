--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e0d1b20eed400f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5dd8ce757384489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6a1acebb6f4fd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R330edb8a840e4d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6762182b5a974252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6a1acebb6f4fd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ec7579148e421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R330edb8a840e4d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster der Menschheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KFB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>