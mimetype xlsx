--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd74d4f8e14e4c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8adddcce1a4ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b38e7f348ed46ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152279111f484a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f6236001f14838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b38e7f348ed46ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c9c5bb1f6d403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152279111f484a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Fishfarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>117,290</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,522</x:t>
-[...350 lines deleted...]
-          <x:t>113,243</x:t>
+          <x:t>116,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>