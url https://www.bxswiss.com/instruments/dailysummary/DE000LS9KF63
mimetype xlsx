--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8adddcce1a4ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a92794b4c74e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152279111f484a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a917e67c0314642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c9c5bb1f6d403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152279111f484a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577206abeec346ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a917e67c0314642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Fishfarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,303</x:t>
-[...387 lines deleted...]
-          <x:t>114,357</x:t>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>