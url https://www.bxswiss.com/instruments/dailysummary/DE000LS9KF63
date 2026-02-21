--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a92794b4c74e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060e55d357104bf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a917e67c0314642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8e3889283c427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577206abeec346ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a917e67c0314642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4951755433fb445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8e3889283c427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Fishfarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>120,257</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,671</x:t>
-[...161 lines deleted...]
-          <x:t>117,220</x:t>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>