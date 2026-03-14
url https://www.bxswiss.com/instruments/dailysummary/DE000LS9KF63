--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060e55d357104bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612677968d9c411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8e3889283c427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R344d482149a741f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4951755433fb445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8e3889283c427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c3450c33338462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R344d482149a741f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Fishfarming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>