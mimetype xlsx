--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7be65bf290940fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cc789c7b2543c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bfed97054394778"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40939eb292e74b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b02338da964a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bfed97054394778" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884a8428d92846ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40939eb292e74b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>537,022</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>