--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64cc789c7b2543c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149683b9cc5b4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40939eb292e74b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371a12114eb34cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884a8428d92846ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40939eb292e74b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b03b728279b4a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371a12114eb34cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>522,177</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>