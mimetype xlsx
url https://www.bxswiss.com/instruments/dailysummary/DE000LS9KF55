--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149683b9cc5b4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7949c8af0dc4c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371a12114eb34cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6fdf4694b14501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b03b728279b4a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371a12114eb34cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re564167f35f34b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6fdf4694b14501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>614,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>614,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>