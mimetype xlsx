--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7949c8af0dc4c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc6709467fa42f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6fdf4694b14501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa0144e70794093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re564167f35f34b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6fdf4694b14501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982bb77d1abf4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa0144e70794093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>622,623</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>