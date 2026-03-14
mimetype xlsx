--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc6709467fa42f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re050bc18a55449c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa0144e70794093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R041b4c9c4312471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982bb77d1abf4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa0144e70794093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e591ce6998c4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R041b4c9c4312471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Roboter &amp; Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>672,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>673,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>648,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>659,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>663,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>682,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>656,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>678,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>