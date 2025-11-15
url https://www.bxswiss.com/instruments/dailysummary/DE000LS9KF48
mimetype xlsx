--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c046b1c2c14bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9de2f3afb234924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5958ef3e0c4c4bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re70375996cc64286"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dace5d586b34539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5958ef3e0c4c4bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8934aca7fdae4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re70375996cc64286" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Turn Around</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>233,097</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>229,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,367</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>