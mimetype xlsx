--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9de2f3afb234924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc4e902081f4553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re70375996cc64286"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1185e07159a74d75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8934aca7fdae4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re70375996cc64286" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b9cb530b254de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1185e07159a74d75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Turn Around</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>212,211</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>