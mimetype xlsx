--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc4e902081f4553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9d2c2aaef64635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1185e07159a74d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0905b25f791f4338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b9cb530b254de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1185e07159a74d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99694065feb48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0905b25f791f4338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Turn Around</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>