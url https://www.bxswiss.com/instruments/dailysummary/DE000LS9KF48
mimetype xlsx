--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9d2c2aaef64635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997d576a9b6246d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0905b25f791f4338"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958827a5442c4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99694065feb48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0905b25f791f4338" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084b880013cb4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958827a5442c4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Turn Around</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>218,483</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>