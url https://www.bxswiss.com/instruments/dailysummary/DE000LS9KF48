--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997d576a9b6246d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2993770ee1cc4e07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958827a5442c4520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8671ed4373aa4f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084b880013cb4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958827a5442c4520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9181d928c094157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8671ed4373aa4f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Turn Around</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>