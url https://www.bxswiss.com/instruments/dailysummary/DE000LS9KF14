--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re129ac74b3fb4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5170bf20ec524910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7888f2314af4e30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e17bea2c2e44eb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59aa7cbe0ec42f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7888f2314af4e30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36d11c4fd6f4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e17bea2c2e44eb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DTH Alpha Dividend Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,603</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>96,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,417</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>96,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,092</x:t>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>