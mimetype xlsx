--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5170bf20ec524910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf772d34c8dfc42df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e17bea2c2e44eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red13179ea4c1454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36d11c4fd6f4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e17bea2c2e44eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f656cd6d0824649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red13179ea4c1454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DTH Alpha Dividend Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>96,130</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,038</x:t>
-[...232 lines deleted...]
-          <x:t>95,513</x:t>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,211</x:t>
-[...215 lines deleted...]
-          <x:t>95,612</x:t>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>