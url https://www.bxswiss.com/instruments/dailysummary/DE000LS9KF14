--- v2 (2025-11-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf772d34c8dfc42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8865dfc3179e4a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red13179ea4c1454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf401aa78ee5c41fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f656cd6d0824649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red13179ea4c1454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a5a9f99a68412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf401aa78ee5c41fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DTH Alpha Dividend Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>95,017</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,993</x:t>
-[...58 lines deleted...]
-          <x:t>95,758</x:t>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>