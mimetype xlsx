--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8865dfc3179e4a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11992f651f694ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf401aa78ee5c41fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c0c8e41c8944f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a5a9f99a68412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf401aa78ee5c41fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaca6cbd2b7844ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c0c8e41c8944f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DTH Alpha Dividend Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KF14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>