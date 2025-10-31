--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7642983eb44eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd0fe45547246dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf36ed7678b74c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46cf432381d459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec22efcfdfc3415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf36ed7678b74c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a723204bd3d49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46cf432381d459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Goliat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>