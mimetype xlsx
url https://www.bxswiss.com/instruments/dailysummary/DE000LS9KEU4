--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd0fe45547246dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a924db298bf469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb46cf432381d459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35eb9e377dd64f88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a723204bd3d49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb46cf432381d459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc391adb2344b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35eb9e377dd64f88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Goliat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>195,194</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>