--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a924db298bf469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9119daa3f1e841b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35eb9e377dd64f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f2f9197d6c49ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc391adb2344b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35eb9e377dd64f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346cb573fd774fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f2f9197d6c49ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Goliat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>190,540</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,705</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>190,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>