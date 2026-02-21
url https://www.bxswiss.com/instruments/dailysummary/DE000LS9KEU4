--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9119daa3f1e841b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e33b2a19c384b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f2f9197d6c49ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f40c0712d3a4962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346cb573fd774fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f2f9197d6c49ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650cbf5c11a14a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f40c0712d3a4962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Goliat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>200,356</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>