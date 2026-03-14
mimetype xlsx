--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e33b2a19c384b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181c42abad724dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f40c0712d3a4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f897ae3a0a4cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650cbf5c11a14a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f40c0712d3a4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894f0730e5c848c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f897ae3a0a4cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Goliat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>