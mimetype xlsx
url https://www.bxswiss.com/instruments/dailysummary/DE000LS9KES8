--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra398d478e5e94469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5330318da01541c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2ead05aef34362"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79ff7f244115499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edfb4eae34e4b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2ead05aef34362" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013964e01efa4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79ff7f244115499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Findex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KES8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>225,224</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>