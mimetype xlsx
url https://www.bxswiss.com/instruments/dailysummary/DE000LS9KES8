--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5330318da01541c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde30b0c6a12b4e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79ff7f244115499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a40fc3448384cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013964e01efa4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79ff7f244115499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c23a392ae0424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a40fc3448384cb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Findex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KES8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>232,276</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>