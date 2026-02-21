--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde30b0c6a12b4e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ca4b65178348b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a40fc3448384cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e4481b69c949c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c23a392ae0424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a40fc3448384cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b5f5b5a0cc4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e4481b69c949c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Findex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KES8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>255,763</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>