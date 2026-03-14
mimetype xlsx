--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ca4b65178348b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fce3bb804d74670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e4481b69c949c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8438615d1c7f4067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b5f5b5a0cc4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e4481b69c949c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03868572d784531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8438615d1c7f4067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Findex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KES8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>