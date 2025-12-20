--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63167a77e4a5422c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red87486d9b354da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5682ab2718214710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra277559dbc53484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e12df54b9c0419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5682ab2718214710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3feacf108bb94fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra277559dbc53484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core US-Equity Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>169,916</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>