--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red87486d9b354da8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e227b1cea9b44c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra277559dbc53484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdde2d8823314015"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3feacf108bb94fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra277559dbc53484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbab87137e14954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdde2d8823314015" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core US-Equity Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>