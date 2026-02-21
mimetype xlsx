--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e227b1cea9b44c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6f1395e2a84ca0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdde2d8823314015"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d83756667ef4c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbab87137e14954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdde2d8823314015" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9c6c1b5c104dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d83756667ef4c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core US-Equity Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>254,019</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>