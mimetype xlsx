--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6f1395e2a84ca0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ffc92c4c14492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d83756667ef4c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4140b9c85d174a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9c6c1b5c104dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d83756667ef4c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ca00f5bb254001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4140b9c85d174a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core US-Equity Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>250,209</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,826</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>248,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,292</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>