--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb0d575d65b422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2c483c1c2a4906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6cad651a80c4d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ecf875314c4c65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b14050f592e49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6cad651a80c4d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b23fce8d1c4425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ecf875314c4c65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>