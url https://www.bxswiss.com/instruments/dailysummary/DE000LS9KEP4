--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2c483c1c2a4906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94822f6855144d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ecf875314c4c65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2787c35013d84a61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b23fce8d1c4425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ecf875314c4c65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f2ca5c9141420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2787c35013d84a61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>