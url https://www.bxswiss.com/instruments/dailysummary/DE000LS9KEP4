--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94822f6855144d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc5f840f11a4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2787c35013d84a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e932d621a4d43ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f2ca5c9141420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2787c35013d84a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277cd799ab0c4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e932d621a4d43ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>