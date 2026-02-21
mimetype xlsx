--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc5f840f11a4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851e8c443a094c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e932d621a4d43ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc905d072e23f4bb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277cd799ab0c4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e932d621a4d43ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fdedd8267a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc905d072e23f4bb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,686</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>