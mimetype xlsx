--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851e8c443a094c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10910b165d184f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc905d072e23f4bb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R244c482df5214a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fdedd8267a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc905d072e23f4bb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcebd44153a54e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R244c482df5214a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Player&amp;Mittelstand</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,323</x:t>
-[...26 lines deleted...]
-          <x:t>151,383</x:t>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,051</x:t>
-[...296 lines deleted...]
-          <x:t>152,033</x:t>
+          <x:t>149,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>