--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e697a318034f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R372785977cac4237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d953ae4606345a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re138198e840f4898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39354cd597ba4544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d953ae4606345a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec88e2903c54a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re138198e840f4898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions-Strategie Buy&amp;Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>148,813</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,751</x:t>
-[...26 lines deleted...]
-          <x:t>149,141</x:t>
+          <x:t>149,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,357</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>150,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>