--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R372785977cac4237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7798d317960d4770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re138198e840f4898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaae929f8ce94ef5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec88e2903c54a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re138198e840f4898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37f84f4cc2c45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaae929f8ce94ef5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions-Strategie Buy&amp;Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>