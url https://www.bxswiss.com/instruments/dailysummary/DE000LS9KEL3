--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7798d317960d4770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f24d1bb09094aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaae929f8ce94ef5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f47411eb314b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37f84f4cc2c45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaae929f8ce94ef5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f1f944a0a9c413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f47411eb314b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions-Strategie Buy&amp;Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,708</x:t>
-[...225 lines deleted...]
-          <x:t>145,666</x:t>
+          <x:t>146,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>