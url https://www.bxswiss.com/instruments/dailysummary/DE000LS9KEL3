--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f24d1bb09094aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3e0c3459f64bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f47411eb314b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e94795b2044fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f1f944a0a9c413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f47411eb314b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7183d86fb604925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e94795b2044fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions-Strategie Buy&amp;Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>147,141</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,874</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>147,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,054</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>