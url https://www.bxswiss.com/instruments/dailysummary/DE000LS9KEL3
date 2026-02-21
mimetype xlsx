--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3e0c3459f64bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25620e66ab1482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e94795b2044fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56818c6864094d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7183d86fb604925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e94795b2044fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46f33f1d582464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56818c6864094d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions-Strategie Buy&amp;Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,466</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>