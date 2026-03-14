--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25620e66ab1482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b8baa7aad242c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56818c6864094d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ac89ab5ae124d02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46f33f1d582464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56818c6864094d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0522a2aba5fd469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ac89ab5ae124d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions-Strategie Buy&amp;Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>