--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda53453402b7477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69da802c1c7f4b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf417ab2c78274e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d5f960e7c34722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4576aad1ba264545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf417ab2c78274e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7bcfec1d8346dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d5f960e7c34722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>196,606</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>