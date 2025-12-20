--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69da802c1c7f4b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1f09c633204f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d5f960e7c34722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99757e9ba01f4392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7bcfec1d8346dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d5f960e7c34722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R085918def18e4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99757e9ba01f4392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>186,409</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,155</x:t>
-[...220 lines deleted...]
-          <x:t>183,279</x:t>
+          <x:t>187,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>