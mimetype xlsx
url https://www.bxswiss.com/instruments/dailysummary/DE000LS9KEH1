--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1f09c633204f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1e23c68370d4407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99757e9ba01f4392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbac42756fa149cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R085918def18e4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99757e9ba01f4392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf807cfc27dc846bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbac42756fa149cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>187,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,376</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>186,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,843</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>