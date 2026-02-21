--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1e23c68370d4407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a80d36ef076499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbac42756fa149cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79468245d1824a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf807cfc27dc846bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbac42756fa149cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56db869346eb4c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79468245d1824a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>191,319</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>