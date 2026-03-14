--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a80d36ef076499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26dd60f6610745b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79468245d1824a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e30f781c074832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56db869346eb4c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79468245d1824a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra994e1689bcb4183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e30f781c074832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Quantitativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,617</x:t>
-[...333 lines deleted...]
-          <x:t>183,931</x:t>
+          <x:t>188,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>