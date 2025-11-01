--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48a55046757478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5123a912fa4e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc93f291d1c1c4ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb04e8a514234295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8389b69bf934df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc93f291d1c1c4ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390df70c980e4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb04e8a514234295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>206,862</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,822</x:t>
-[...490 lines deleted...]
-          <x:t>210,174</x:t>
+          <x:t>208,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>