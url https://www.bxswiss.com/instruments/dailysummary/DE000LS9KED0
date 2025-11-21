--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5123a912fa4e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra40a064a5f304110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb04e8a514234295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aed8419f2f94bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390df70c980e4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb04e8a514234295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf5ca5813fc49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aed8419f2f94bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>