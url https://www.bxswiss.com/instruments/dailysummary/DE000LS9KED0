--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra40a064a5f304110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffea30549bf4487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aed8419f2f94bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff385a811c7405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf5ca5813fc49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aed8419f2f94bd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1433d9b13fa445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff385a811c7405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,145</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>