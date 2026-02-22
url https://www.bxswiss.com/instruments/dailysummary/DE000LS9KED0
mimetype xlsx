--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffea30549bf4487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2de9e9737114311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff385a811c7405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07ac48ab9375437f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1433d9b13fa445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff385a811c7405e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c03095a42584ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07ac48ab9375437f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>222,108</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>