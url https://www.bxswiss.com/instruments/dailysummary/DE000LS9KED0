--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2de9e9737114311" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ace0479189e4b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07ac48ab9375437f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redeb165331ef4558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c03095a42584ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07ac48ab9375437f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f8f69c44754a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redeb165331ef4558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte unter Buchwert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>