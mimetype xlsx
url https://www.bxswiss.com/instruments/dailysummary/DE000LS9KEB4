--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50e765d7461416a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4ba567b15c477b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee4952b87204e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c9c7deb7624e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c23aa538dc04eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee4952b87204e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3465a9fd7ea64069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c9c7deb7624e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>155,392</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,607</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>154,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>