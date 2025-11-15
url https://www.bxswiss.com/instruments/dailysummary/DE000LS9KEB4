--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4ba567b15c477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc299353d96c4bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c9c7deb7624e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a17078700e47e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3465a9fd7ea64069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c9c7deb7624e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe99e75e6ee7458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a17078700e47e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>