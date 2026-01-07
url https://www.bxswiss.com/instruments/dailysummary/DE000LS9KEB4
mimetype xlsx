--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc299353d96c4bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95d81c0b63548c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a17078700e47e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8b1999b33945db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe99e75e6ee7458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a17078700e47e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58346d7952e54e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8b1999b33945db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...463 lines deleted...]
-          <x:t>155,904</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,138</x:t>
-[...166 lines deleted...]
-          <x:t>155,125</x:t>
+          <x:t>154,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>