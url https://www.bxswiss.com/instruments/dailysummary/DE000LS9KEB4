--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95d81c0b63548c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3da60a3bcde14ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8b1999b33945db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7883622c317a42d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58346d7952e54e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8b1999b33945db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eed43cd28394fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7883622c317a42d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,924</x:t>
-[...43 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,917</x:t>
-[...117 lines deleted...]
-          <x:t>156,100</x:t>
+          <x:t>156,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>