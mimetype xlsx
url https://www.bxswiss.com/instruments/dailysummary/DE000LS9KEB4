--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3da60a3bcde14ec8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac44b1eb143748f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7883622c317a42d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a2a238f4d64219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eed43cd28394fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7883622c317a42d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4348d1982ae649b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a2a238f4d64219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Strategie Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KEB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>