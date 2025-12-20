--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra220c9ce5ebd40d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcf00e7ecff4211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff6f9aa385c4493"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9a46303fea4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0230d5ab9b48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff6f9aa385c4493" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d03236a133546e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9a46303fea4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-KGV-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>93,028</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,766</x:t>
-[...382 lines deleted...]
-          <x:t>91,599</x:t>
+          <x:t>93,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>