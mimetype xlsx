--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcf00e7ecff4211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae639e1867714573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9a46303fea4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa169b84fbc4cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d03236a133546e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9a46303fea4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88987d5c66fa4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa169b84fbc4cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-KGV-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>