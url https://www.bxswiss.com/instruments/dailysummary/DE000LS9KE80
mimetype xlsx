--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae639e1867714573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab218be7446443af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa169b84fbc4cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919a87f9b8c340e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88987d5c66fa4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa169b84fbc4cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ebff0d11474b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919a87f9b8c340e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-KGV-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>94,621</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>