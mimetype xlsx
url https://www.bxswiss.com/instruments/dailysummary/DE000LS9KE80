--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab218be7446443af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a685a7d4f743a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919a87f9b8c340e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18acad44ced04f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ebff0d11474b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919a87f9b8c340e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4881348dcbe4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18acad44ced04f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-KGV-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>92,910</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>93,957</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,870</x:t>
-[...274 lines deleted...]
-          <x:t>94,055</x:t>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>