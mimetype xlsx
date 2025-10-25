--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198a67df30ff4990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e022f2a0144bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2340b66ef045405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41eb173177594fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a654a175e1042e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2340b66ef045405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f733e29541488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41eb173177594fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>