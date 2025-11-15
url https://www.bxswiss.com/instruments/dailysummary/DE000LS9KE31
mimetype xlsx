--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e022f2a0144bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff6c62e83a34403" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41eb173177594fb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b2bb7625b044c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f733e29541488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41eb173177594fb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c484edda9a485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b2bb7625b044c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>