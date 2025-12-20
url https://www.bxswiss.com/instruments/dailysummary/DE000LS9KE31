--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff6c62e83a34403" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bbe523c754494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b2bb7625b044c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5993beb53e024956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c484edda9a485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b2bb7625b044c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ad36f6c5434f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5993beb53e024956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>277,939</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>271,958</x:t>
-[...134 lines deleted...]
-          <x:t>271,540</x:t>
+          <x:t>266,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>