--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95bbe523c754494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bcfd8962887475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5993beb53e024956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc453c833a4be4463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ad36f6c5434f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5993beb53e024956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5fc1d90ce54bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc453c833a4be4463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>