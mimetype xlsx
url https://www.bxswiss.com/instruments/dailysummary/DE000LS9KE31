--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bcfd8962887475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01b3ea90bced424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc453c833a4be4463"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541866b2ff794374"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5fc1d90ce54bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc453c833a4be4463" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad376e430e2f4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541866b2ff794374" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>273,918</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>272,753</x:t>
-[...166 lines deleted...]
-          <x:t>285,213</x:t>
+          <x:t>276,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>