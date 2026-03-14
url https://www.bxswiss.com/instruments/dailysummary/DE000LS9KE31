--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01b3ea90bced424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c3228c24124a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541866b2ff794374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49633a01ee484e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad376e430e2f4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541866b2ff794374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a76b7ec73054270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49633a01ee484e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT Leader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>