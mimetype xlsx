--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d1b1c07b624bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488719c4b1734565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80f82a60c214c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R216c664ea2bf4835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e87505d26a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80f82a60c214c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af0ef1308e54524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R216c664ea2bf4835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>