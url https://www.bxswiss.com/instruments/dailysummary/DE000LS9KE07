--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488719c4b1734565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c3a1644efb4dac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R216c664ea2bf4835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804f011cdf414b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af0ef1308e54524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R216c664ea2bf4835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1db83bfbf34f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804f011cdf414b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,546</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>