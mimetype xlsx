--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c3a1644efb4dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1ed809a440d483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804f011cdf414b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6884ca48da0a401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1db83bfbf34f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804f011cdf414b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf37ec282b5344b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6884ca48da0a401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>83,348</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,191</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>81,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,984</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>