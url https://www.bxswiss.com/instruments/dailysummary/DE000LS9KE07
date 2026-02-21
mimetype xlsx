--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1ed809a440d483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6325ad81bc3a403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6884ca48da0a401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ee656654594c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf37ec282b5344b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6884ca48da0a401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9268ce4460b54fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ee656654594c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,989</x:t>
-[...144 lines deleted...]
-          <x:t>82,359</x:t>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>