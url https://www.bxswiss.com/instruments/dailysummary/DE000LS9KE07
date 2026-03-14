--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6325ad81bc3a403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ed290806294d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ee656654594c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fed3b62212e4c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9268ce4460b54fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ee656654594c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087360677e694e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fed3b62212e4c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren in Weinaktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KE07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>