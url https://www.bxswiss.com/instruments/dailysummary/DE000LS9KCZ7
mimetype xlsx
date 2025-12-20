--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf551b410e9b74e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d60da784aff4ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754b3efda4544c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R270c28ed05404132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R298032824c9649c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754b3efda4544c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e6c47ea67e44aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R270c28ed05404132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neutro-System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>95,190</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,097</x:t>
-[...53 lines deleted...]
-          <x:t>94,972</x:t>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>94,965</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,838</x:t>
-[...318 lines deleted...]
-          <x:t>95,259</x:t>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,049</x:t>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>