--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d60da784aff4ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3940aae168134f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R270c28ed05404132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2074f88e1cc3457e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e6c47ea67e44aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R270c28ed05404132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7b39e391734abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2074f88e1cc3457e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neutro-System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>94,607</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,453</x:t>
-[...566 lines deleted...]
-          <x:t>94,685</x:t>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>