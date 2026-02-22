--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3940aae168134f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14ae9ea74f54e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2074f88e1cc3457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R732b80afdd964da8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7b39e391734abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2074f88e1cc3457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9253d746aa014e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R732b80afdd964da8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neutro-System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,657</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>