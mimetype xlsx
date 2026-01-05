--- v0 (2025-10-25)
+++ v1 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79ba125f4c1402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c7cd89733a47a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde868dd8a7f24240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd7159c3a54409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra739979e7d1a4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde868dd8a7f24240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667b777d203a46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd7159c3a54409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>128,838</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>131,159</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>