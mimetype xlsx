--- v1 (2026-01-05)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c7cd89733a47a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc39879de344957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd7159c3a54409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2f492c9a5b410f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667b777d203a46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd7159c3a54409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477375ab1e27472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2f492c9a5b410f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>125,436</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>