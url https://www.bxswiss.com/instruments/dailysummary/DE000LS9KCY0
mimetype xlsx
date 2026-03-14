--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc39879de344957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4efe192ddc1043f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2f492c9a5b410f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100f264c7be546d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477375ab1e27472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2f492c9a5b410f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R434db6cbcf974639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100f264c7be546d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>