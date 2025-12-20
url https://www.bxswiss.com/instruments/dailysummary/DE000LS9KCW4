--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb44a3c606b1a4df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f3ce8de6e9428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb04b86d2014a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad300a77ed794535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f5f82b756c4e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb04b86d2014a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a8a8f0c668d4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad300a77ed794535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sepa Trend  USA &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,739</x:t>
-[...107 lines deleted...]
-          <x:t>98,652</x:t>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,434</x:t>
-[...156 lines deleted...]
-          <x:t>98,037</x:t>
+          <x:t>98,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>97,668</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>