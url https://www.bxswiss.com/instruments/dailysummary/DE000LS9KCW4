--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f3ce8de6e9428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab23cde116364414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad300a77ed794535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R821bdf982acb479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a8a8f0c668d4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad300a77ed794535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e885aac65445a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R821bdf982acb479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sepa Trend  USA &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>97,977</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,818</x:t>
-[...556 lines deleted...]
-          <x:t>98,143</x:t>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,058</x:t>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>