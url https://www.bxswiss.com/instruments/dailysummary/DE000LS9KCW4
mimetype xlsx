--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab23cde116364414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21053e8f98754888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R821bdf982acb479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c556bea134044de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e885aac65445a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R821bdf982acb479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R655d109eda9949ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c556bea134044de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sepa Trend  USA &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>98,029</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>