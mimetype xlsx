--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21053e8f98754888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84ac901e7b7441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c556bea134044de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c0152c11674191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R655d109eda9949ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c556bea134044de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61bd027233a846df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c0152c11674191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sepa Trend  USA &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>