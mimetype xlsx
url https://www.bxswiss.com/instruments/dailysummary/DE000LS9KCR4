--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6a94c77e874de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64f9a2e901a478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8184e22c2b8a4fe4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d87472971c4ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0fbbfe6e3e14efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8184e22c2b8a4fe4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74a48f8cece430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d87472971c4ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low PER and P/CF Middle-Sized</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>126,939</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,722</x:t>
-        </x:is>
-[...462 lines deleted...]
-          <x:t>126,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>