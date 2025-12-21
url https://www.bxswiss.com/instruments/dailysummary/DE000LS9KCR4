--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64f9a2e901a478e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145aa07c2ebc452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d87472971c4ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03654b4ec9e540d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74a48f8cece430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d87472971c4ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f296e616fe348cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03654b4ec9e540d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low PER and P/CF Middle-Sized</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,722</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>