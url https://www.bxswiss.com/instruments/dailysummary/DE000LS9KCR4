--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145aa07c2ebc452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018b4a69432d429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03654b4ec9e540d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46f9536e5fa44f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f296e616fe348cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03654b4ec9e540d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f6975978cd43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46f9536e5fa44f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low PER and P/CF Middle-Sized</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>