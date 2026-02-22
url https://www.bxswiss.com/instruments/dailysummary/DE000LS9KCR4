--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018b4a69432d429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f09c794513486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46f9536e5fa44f7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ea332fe8b74ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f6975978cd43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46f9536e5fa44f7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91f0d7516df4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ea332fe8b74ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low PER and P/CF Middle-Sized</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,745</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>