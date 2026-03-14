--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f09c794513486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80af0d7dabfe411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ea332fe8b74ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0846db7d5a974baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91f0d7516df4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ea332fe8b74ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaa051e013cd4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0846db7d5a974baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low PER and P/CF Middle-Sized</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>118,943</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,201</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>118,762</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,201</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,841</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>