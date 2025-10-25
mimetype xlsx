--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f90eebdc1149d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re114eb3c45244e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05931d852c0343a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3efc045cb1e148e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64d310e12c934e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05931d852c0343a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c205e73ed9f4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3efc045cb1e148e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>