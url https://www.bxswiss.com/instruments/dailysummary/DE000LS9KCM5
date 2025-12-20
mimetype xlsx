--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re114eb3c45244e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22b9b048f8242bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3efc045cb1e148e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b3ebedd20d4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c205e73ed9f4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3efc045cb1e148e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b9a9bf3a724614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b3ebedd20d4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>315,743</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>