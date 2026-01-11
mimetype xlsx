--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22b9b048f8242bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba7a05d4db504e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b3ebedd20d4e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a1e71fc2694d51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b9a9bf3a724614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b3ebedd20d4e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re951acd87d4448ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a1e71fc2694d51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>