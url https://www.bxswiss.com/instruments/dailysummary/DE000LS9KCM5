--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba7a05d4db504e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558a4529ee0d47d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a1e71fc2694d51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211b6a1c5594acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re951acd87d4448ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a1e71fc2694d51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d3c73ea2ae4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211b6a1c5594acc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>309,536</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>