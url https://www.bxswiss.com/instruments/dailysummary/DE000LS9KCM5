--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558a4529ee0d47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333f23c4629a45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211b6a1c5594acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a48f2df9ca4d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d3c73ea2ae4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211b6a1c5594acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc420803d457c4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a48f2df9ca4d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GANN-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>