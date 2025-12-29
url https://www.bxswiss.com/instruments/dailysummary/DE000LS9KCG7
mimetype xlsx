--- v0 (2025-10-04)
+++ v1 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c9d8a5b9304398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76ec651fa534d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9958f3a2b304ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4da9af72fb34a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c4098f5ca8b409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9958f3a2b304ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd16ef6542f94668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4da9af72fb34a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrends international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,397</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>