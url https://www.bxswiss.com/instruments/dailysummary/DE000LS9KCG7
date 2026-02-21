--- v1 (2025-12-29)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76ec651fa534d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1889b5f858a54ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4da9af72fb34a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b6137b5b3d497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd16ef6542f94668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4da9af72fb34a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376e40c22d494581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b6137b5b3d497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrends international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>124,091</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>