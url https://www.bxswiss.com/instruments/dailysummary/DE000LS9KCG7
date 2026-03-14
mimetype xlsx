--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1889b5f858a54ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd22555e64a4bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b6137b5b3d497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re86b2167160d420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376e40c22d494581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b6137b5b3d497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa9d57d7e4934974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re86b2167160d420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstrends international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>